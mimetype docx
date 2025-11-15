--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,56 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A78E574" w14:textId="77777777" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1D2327"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1D2327"/>
           <w:kern w:val="0"/>
@@ -104,64 +100,50 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="9E0B0F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4613098C" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="481B9BB2" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="0E47E052" w14:textId="63622B14" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Organization Doing Business As (DBA) Name</w:t>
       </w:r>
     </w:p>
@@ -183,64 +165,50 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>If applicable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ADD4323" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7163D616" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4F690A65" w14:textId="15657C72" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Federal Employer Identification Number (EIN)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
@@ -259,381 +227,421 @@
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Please exclude the dash</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE5A64A" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="12972287" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D1183AE" w14:textId="68294709" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Year Founded</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="9E0B0F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="648DC3B8" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="4EE6BFF4" w14:textId="77777777" w:rsidR="009D36B2" w:rsidRDefault="009D36B2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D266555" w14:textId="5785BBA6" w:rsidR="009D36B2" w:rsidRDefault="009D36B2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>UPLOAD: Tax exempt determination letter from IRS (.pdf)</w:t>
+        <w:t xml:space="preserve">UPLOAD: Tax exempt determination letter from </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>IRS (.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pdf)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="9E0B0F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14AFE4E4" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="203D2206" w14:textId="77777777" w:rsidR="009D36B2" w:rsidRDefault="009D36B2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1218FBF3" w14:textId="055EC877" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Annual Operating Budget</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638648C8" w14:textId="3BD661E1" w:rsidR="00B968F2" w:rsidRPr="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+    <w:p w14:paraId="08362635" w14:textId="7B1A1C79" w:rsidR="009B0792" w:rsidRPr="009B0792" w:rsidRDefault="009B0792" w:rsidP="009B0792">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="31A300A4" w14:textId="5D14FFC7" w:rsidR="00B968F2" w:rsidRPr="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B0792">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Under $50,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20646146" w14:textId="49DC0045" w:rsidR="009B0792" w:rsidRPr="009B0792" w:rsidRDefault="009B0792" w:rsidP="009B0792">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="555C6134" w14:textId="2E9E9804" w:rsidR="00B968F2" w:rsidRPr="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B0792">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>$50,000 - $199,999</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5114F590" w14:textId="129CBEAF" w:rsidR="009B0792" w:rsidRPr="009B0792" w:rsidRDefault="009B0792" w:rsidP="009B0792">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00024DB6">
-[...11 lines deleted...]
-    <w:p w14:paraId="5409E89F" w14:textId="4615D169" w:rsidR="00B968F2" w:rsidRPr="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+      <w:r w:rsidRPr="009B0792">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>$200,000 - $499,999</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A300A4" w14:textId="5D14FFC7" w:rsidR="00B968F2" w:rsidRPr="009B0792" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00024DB6">
-[...11 lines deleted...]
-    <w:p w14:paraId="1B2E08B6" w14:textId="75909C87" w:rsidR="00B968F2" w:rsidRPr="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+      <w:r w:rsidRPr="009B0792">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>$500,000 - $999,999</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555C6134" w14:textId="2E9E9804" w:rsidR="00B968F2" w:rsidRPr="009B0792" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00024DB6">
+      <w:r w:rsidRPr="009B0792">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>$1,000,000 - $4,999,999</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5409E89F" w14:textId="4615D169" w:rsidR="00B968F2" w:rsidRPr="009B0792" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B0792">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>$5,000,000 - $9,999,999</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B2E08B6" w14:textId="75909C87" w:rsidR="00B968F2" w:rsidRPr="009B0792" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B0792">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>$10,000,000 and over</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F9640C" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -651,128 +659,100 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Organization Address</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE1284E" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2F20D8AC" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DCE11B7" w14:textId="1BD4006B" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Organization Phone</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F57E6D" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="1EF3E3D7" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F1D186D" w14:textId="1CFFDDFD" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
@@ -794,335 +774,223 @@
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Must include "https://" at the beginning to be accepted</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61EE7752" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6BA89FF9" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18399D50" w14:textId="14646CA5" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+    <w:p w14:paraId="08E6AB90" w14:textId="7F347414" w:rsidR="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Application Contact Name</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="198272AA" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...27 lines deleted...]
-    <w:p w14:paraId="7CC36410" w14:textId="3C75A924" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+    <w:p w14:paraId="4F897E57" w14:textId="1A562FD5" w:rsidR="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Application Contact Title</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D52F03B" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...27 lines deleted...]
-    <w:p w14:paraId="49FFD15F" w14:textId="21D6FBE0" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+    <w:p w14:paraId="555E6155" w14:textId="7775CEEC" w:rsidR="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Application Contact Email</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43705DBB" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...27 lines deleted...]
-    <w:p w14:paraId="52719D27" w14:textId="48C8AB3F" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+    <w:p w14:paraId="55FB8E28" w14:textId="7D903E0C" w:rsidR="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Application Contact Phone</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55FB8E28" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
-[...12 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6CD43C38" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79B6C6FC" w14:textId="2E898586" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+    <w:p w14:paraId="79B6C6FC" w14:textId="224BF7D9" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>I am the Executive Director of the Organization</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
@@ -1220,122 +1088,203 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D670DD0" w14:textId="0047EEB4" w:rsidR="00B968F2" w:rsidRPr="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024DB6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00024DB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00024DB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5D6AC7" w14:textId="32FC2011" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B968F2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Executive Director Name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B1BDD6" w14:textId="77777777" w:rsidR="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B968F2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Executive Director Email</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAFBFCF" w14:textId="40642155" w:rsidR="00BF3FB9" w:rsidRDefault="00BF3FB9" w:rsidP="00024DB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Executive Director Phone</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5685501D" w14:textId="77777777" w:rsidR="00BF3FB9" w:rsidRPr="00B968F2" w:rsidRDefault="00BF3FB9" w:rsidP="00024DB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B2FBE51" w14:textId="77777777" w:rsidR="009B0792" w:rsidRDefault="009B0792">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F0D7122" w14:textId="799D1B5D" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B968F2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>If no,</w:t>
-[...69 lines deleted...]
-        </w:rPr>
         <w:t>Organization Vision &amp; Mission Statement</w:t>
       </w:r>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="081CD85E" w14:textId="38F3B1EC" w:rsidR="00024DB6" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
@@ -1666,51 +1615,73 @@
     <w:p w14:paraId="297D2F90" w14:textId="712C0E1F" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00B9539B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Health &amp; Wellness: Positively impact the mental or physical health and wellness of people.</w:t>
+        <w:t xml:space="preserve">Health &amp; Wellness: Positively </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B968F2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B968F2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the mental or physical health and wellness of people.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22334EDC" w14:textId="77777777" w:rsidR="00B968F2" w:rsidRPr="00B968F2" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B968F2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> </w:t>
@@ -1973,51 +1944,73 @@
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Capital</w:t>
       </w:r>
       <w:r w:rsidR="009D36B2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D36B2" w:rsidRPr="009D36B2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>(e.g., building renovation; purchase of assets such as van, commercial kitchen equipment, etc.)</w:t>
+        <w:t xml:space="preserve">(e.g., building renovation; purchase of assets such as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009D36B2" w:rsidRPr="009D36B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>van</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009D36B2" w:rsidRPr="009D36B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, commercial kitchen equipment, etc.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112CBB76" w14:textId="05584F48" w:rsidR="00024DB6" w:rsidRPr="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024DB6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2510,51 +2503,75 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7102E50E" w14:textId="0EA61AEF" w:rsidR="00024DB6" w:rsidRPr="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024DB6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>What problem/issue/community need are you addressing?</w:t>
+        <w:t>What problem/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00024DB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>issue</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00024DB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>/community need are you addressing?</w:t>
       </w:r>
       <w:r w:rsidRPr="00024DB6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="9E0B0F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21040F38" w14:textId="35548C02" w:rsidR="00B9539B" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00B9539B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -2633,95 +2650,110 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62343D95" w14:textId="7A815305" w:rsidR="00024DB6" w:rsidRPr="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00024DB6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Briefly describe your project/program in 2-3 sentences</w:t>
       </w:r>
       <w:r w:rsidRPr="00024DB6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="9E0B0F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="324B4BE4" w14:textId="7A8FB3FC" w:rsidR="00B9539B" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00B9539B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9539B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>500 max characters</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B4D318B" w14:textId="77777777" w:rsidR="00024DB6" w:rsidRDefault="00024DB6" w:rsidP="00024DB6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="242748"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ABE34D1" w14:textId="77777777" w:rsidR="00BF3FB9" w:rsidRDefault="00BF3FB9" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="FFFFFF"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="242748"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0458334B" w14:textId="77777777" w:rsidR="00B9539B" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00B9539B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1D2327"/>
@@ -2761,51 +2793,75 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44A24E6A" w14:textId="77777777" w:rsidR="00B9539B" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00B9539B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9539B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>How is your project/program transformative and addressing community issues at a systemic level?</w:t>
+        <w:t xml:space="preserve">How is your project/program transformative and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B9539B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>addressing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B9539B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> community issues at a systemic level?</w:t>
       </w:r>
       <w:r w:rsidRPr="00B9539B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="9E0B0F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A2E106D" w14:textId="44345C57" w:rsidR="00B9539B" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00B9539B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
@@ -2955,99 +3011,95 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C464655" w14:textId="77777777" w:rsidR="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00024DB6">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CA2732D" w14:textId="77777777" w:rsidR="00B9539B" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00B9539B">
-[...3 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+    <w:p w14:paraId="653E468F" w14:textId="003A5978" w:rsidR="00B9539B" w:rsidRDefault="00BB1357" w:rsidP="00B9539B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="242748"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB1357">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1D2327"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-      </w:pPr>
-[...31 lines deleted...]
-    <w:p w14:paraId="0C0E2179" w14:textId="46C095C3" w:rsidR="00B9539B" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00B9539B">
+        <w:t>Community Voice &amp; Representation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3B6928" w14:textId="77777777" w:rsidR="00BB1357" w:rsidRDefault="00BB1357" w:rsidP="00B9539B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C0E2179" w14:textId="5986FA41" w:rsidR="00B9539B" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00B9539B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9539B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Briefly describe the demographics of those you serve (e.g., race/ethnicity, age, gender, location, sexual orientation, (dis)ability, etc.) and how disparities among these populations are addressed by your organization and programs.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B9539B">
         <w:rPr>
@@ -3394,59 +3446,71 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="FFFFFF"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="242748"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FDDAF2D" w14:textId="6DB8C3A3" w:rsidR="00B9539B" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00B9539B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B9539B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Over what timeframe do you anticipate using the grant?</w:t>
+        <w:t>Over what</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B9539B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> timeframe do you anticipate using the grant?</w:t>
       </w:r>
       <w:r w:rsidRPr="00B9539B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="9E0B0F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56962CA6" w14:textId="2B7A0952" w:rsidR="00B9539B" w:rsidRPr="00B9539B" w:rsidRDefault="00B9539B" w:rsidP="00284B72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
@@ -3625,51 +3689,75 @@
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Numeri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00284B72">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> field, must be greater than or equal to $100,000</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00284B72">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>field,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00284B72">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="242748"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be greater than or equal to $100,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="530B80CB" w14:textId="77777777" w:rsidR="00284B72" w:rsidRDefault="00284B72" w:rsidP="00B9539B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="780F4757" w14:textId="77777777" w:rsidR="00284B72" w:rsidRDefault="00284B72" w:rsidP="00B9539B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
@@ -4028,50 +4116,51 @@
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:shd w:val="clear" w:color="auto" w:fill="242748"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="094919DE" w14:textId="52AC9344" w:rsidR="00284B72" w:rsidRPr="00284B72" w:rsidRDefault="00284B72" w:rsidP="00284B72">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00284B72">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>By submission of the application, I confirm the Executive Director and/or Board President are aware that this application is being submitted.</w:t>
       </w:r>
       <w:r w:rsidRPr="00284B72">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="9E0B0F"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54720D0C" w14:textId="50727BBD" w:rsidR="00284B72" w:rsidRPr="00284B72" w:rsidRDefault="00284B72" w:rsidP="00284B72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -4435,92 +4524,88 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00284B72">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="242748"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Please hit SUBMIT only when you have completed the LOI. A confirmation email will be sent to the email addresses submitted.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00284B72" w:rsidRPr="00284B72">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="038D0CDB" w14:textId="77777777" w:rsidR="00A41478" w:rsidRDefault="00A41478" w:rsidP="00B968F2">
+    <w:p w14:paraId="1F532AA2" w14:textId="77777777" w:rsidR="00652473" w:rsidRDefault="00652473" w:rsidP="00B968F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C154643" w14:textId="77777777" w:rsidR="00A41478" w:rsidRDefault="00A41478" w:rsidP="00B968F2">
+    <w:p w14:paraId="4884F91A" w14:textId="77777777" w:rsidR="00652473" w:rsidRDefault="00652473" w:rsidP="00B968F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4530,61 +4615,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-2109258140"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="09B87F0E" w14:textId="1989297F" w:rsidR="00E95016" w:rsidRPr="00E95016" w:rsidRDefault="00E95016">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
@@ -4614,159 +4689,129 @@
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00E95016">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="580651FF" w14:textId="77777777" w:rsidR="00E95016" w:rsidRDefault="00E95016">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="788C22FE" w14:textId="77777777" w:rsidR="00A41478" w:rsidRDefault="00A41478" w:rsidP="00B968F2">
+    <w:p w14:paraId="02903594" w14:textId="77777777" w:rsidR="00652473" w:rsidRDefault="00652473" w:rsidP="00B968F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08E7CAC2" w14:textId="77777777" w:rsidR="00A41478" w:rsidRDefault="00A41478" w:rsidP="00B968F2">
+    <w:p w14:paraId="28602343" w14:textId="77777777" w:rsidR="00652473" w:rsidRDefault="00652473" w:rsidP="00B968F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="4BC6304A" w14:textId="219D8170" w:rsidR="00B968F2" w:rsidRPr="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4BC6304A" w14:textId="37A9E398" w:rsidR="00B968F2" w:rsidRPr="00024DB6" w:rsidRDefault="00B968F2" w:rsidP="00024DB6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:bar w:val="single" w:sz="4" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00024DB6">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="005E55A3">
+    <w:r w:rsidR="00BF3FB9">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00024DB6">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> Impact 100 Letter of Intent Template</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BFE4A4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="81704770"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5307,117 +5352,128 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="466699690">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1932929840">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="944964781">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="245698266">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2048140498">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B968F2"/>
     <w:rsid w:val="00024DB6"/>
     <w:rsid w:val="000B0735"/>
     <w:rsid w:val="00284B72"/>
+    <w:rsid w:val="00440A2D"/>
     <w:rsid w:val="005E55A3"/>
     <w:rsid w:val="00604830"/>
+    <w:rsid w:val="00652473"/>
+    <w:rsid w:val="0071637D"/>
+    <w:rsid w:val="0078309F"/>
     <w:rsid w:val="007D2C67"/>
+    <w:rsid w:val="00811C19"/>
     <w:rsid w:val="00861B44"/>
+    <w:rsid w:val="00955B9F"/>
+    <w:rsid w:val="009B0792"/>
     <w:rsid w:val="009D36B2"/>
     <w:rsid w:val="00A41478"/>
+    <w:rsid w:val="00B4621C"/>
     <w:rsid w:val="00B9539B"/>
     <w:rsid w:val="00B968F2"/>
+    <w:rsid w:val="00BB1357"/>
+    <w:rsid w:val="00BF3FB9"/>
     <w:rsid w:val="00CC2F9C"/>
     <w:rsid w:val="00E95016"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5D87164B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{81DCEA47-1F4A-4E40-8032-C789984BCEBE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5797,51 +5853,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B968F2"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
@@ -5931,51 +5986,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B968F2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B968F2"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="58794052">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1404135128">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9228,51 +9283,51 @@
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="238633964">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="single" w:sz="6" w:space="0" w:color="D5D7E9"/>
                 <w:left w:val="single" w:sz="6" w:space="0" w:color="D5D7E9"/>
                 <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D5D7E9"/>
                 <w:right w:val="single" w:sz="6" w:space="0" w:color="D5D7E9"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9531,70 +9586,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>704</Words>
-  <Characters>4015</Characters>
+  <Words>712</Words>
+  <Characters>4061</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4710</CharactersWithSpaces>
+  <CharactersWithSpaces>4764</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Peggy Zink</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>